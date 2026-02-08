--- v0 (2026-01-11)
+++ v1 (2026-02-08)
@@ -1425,50 +1425,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 3 i 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PTWM_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student, który zaliczył przedmiot nabył podstawową wiedzę o materiałach półprzewodnikowych stosowanych w technologii mikrofalowych przyrządów aktywnych, zna budowę, zasadę działania, ważne parametry i przeznaczenie takich elementów aktywnych jak: dioda Schottky’ego, PIN, waraktor, tranzystory – Si-BJT, MESFET, HEMT, HBT; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium nr 3 i 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1496,120 +1566,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, laboratorium nr 3 i 4</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W13</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>