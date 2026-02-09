--- v0 (2026-01-11)
+++ v1 (2026-02-09)
@@ -1067,50 +1067,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1166,146 +1306,216 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1347,87 +1557,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1446,58 +1726,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1516,58 +1796,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1586,58 +1866,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1656,58 +1936,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1726,58 +2006,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1796,58 +2076,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,1310 +2138,1030 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15</w:t>
+        <w:t xml:space="preserve">K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+        <w:t xml:space="preserve">potrafi przeprowadzić diagnostykę systemu mikroprocesorowego z wykorzystaniem próbnika logicznego, programu monitora oraz symulatora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przeprowadzić diagnostykę systemu mikroprocesorowego z wykorzystaniem próbnika logicznego, programu monitora oraz symulatora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przeprowadzić diagnostykę systemu mikroprocesorowego z wykorzystaniem próbnika logicznego, programu monitora oraz symulatora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować system mikroprocesorowy współpracujący z pamięcią oraz układami wejścia/wyjścia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować system mikroprocesorowy współpracujący z pamięcią oraz układami wejścia/wyjścia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować system mikroprocesorowy współpracujący z pamięcią oraz układami wejścia/wyjścia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi oprogramowć system mikroprocesorowy w języku asemblera łącznie z debuggowaniem w trybie pracy krokowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi oprogramowć system mikroprocesorowy w języku asemblera łącznie z debuggowaniem w trybie pracy krokowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi oprogramowć system mikroprocesorowy w języku asemblera łącznie z debuggowaniem w trybie pracy krokowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05</w:t>
+        <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14</w:t>
-[...778 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_K03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>