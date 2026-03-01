--- v1 (2026-02-09)
+++ v2 (2026-03-01)
@@ -1067,50 +1067,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1236,76 +1306,76 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat sprzęgania układów cyfrowych z różnych rodzin w ramach jednego systemu cyfrowego</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium/laboratorium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1347,87 +1417,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1446,58 +1796,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1516,1652 +1866,1302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat struktury systemów mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15</w:t>
+        <w:t xml:space="preserve">K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę na temat organizacji przerwań w systemach mikroprocesorowych</w:t>
+        <w:t xml:space="preserve">potrafi przeprowadzić diagnostykę systemu mikroprocesorowego z wykorzystaniem próbnika logicznego, programu monitora oraz symulatora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+        <w:t xml:space="preserve">potrafi przeprowadzić diagnostykę systemu mikroprocesorowego z wykorzystaniem próbnika logicznego, programu monitora oraz symulatora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05</w:t>
+        <w:t xml:space="preserve">K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+        <w:t xml:space="preserve">potrafi przeprowadzić diagnostykę systemu mikroprocesorowego z wykorzystaniem próbnika logicznego, programu monitora oraz symulatora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować system mikroprocesorowy współpracujący z pamięcią oraz układami wejścia/wyjścia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15</w:t>
+        <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową wiedzę na temat metod wymiany danych systemu mikroprocesorowego z urządzeniami zewnętrznymi</w:t>
+        <w:t xml:space="preserve">potrafi zaprojektować system mikroprocesorowy współpracujący z pamięcią oraz układami wejścia/wyjścia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20</w:t>
+        <w:t xml:space="preserve">K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować system mikroprocesorowy współpracujący z pamięcią oraz układami wejścia/wyjścia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi oprogramowć system mikroprocesorowy w języku asemblera łącznie z debuggowaniem w trybie pracy krokowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi oprogramowć system mikroprocesorowy w języku asemblera łącznie z debuggowaniem w trybie pracy krokowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi oprogramowć system mikroprocesorowy w języku asemblera łącznie z debuggowaniem w trybie pracy krokowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium/projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PULM_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05</w:t>
+        <w:t xml:space="preserve">K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PULM_U01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PULM_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować układ logiczny kombinacyjny i sekwencyjny realizujący zadaną funkcję</w:t>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium/projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14</w:t>
-[...778 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>