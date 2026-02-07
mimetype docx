--- v0 (2025-12-28)
+++ v1 (2026-02-07)
@@ -1048,121 +1048,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian, laboratorium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TDRM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę w zakresie akustyki wnętrz, zna metody analizy pola akustycznego w pomieszczeniach zamkniętych i metody adaptacji akustycznej pomieszczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian, laboratorium 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>