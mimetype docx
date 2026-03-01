--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -1048,411 +1048,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian, laboratorium 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TDRM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę w zakresie akustyki wnętrz, zna metody analizy pola akustycznego w pomieszczeniach zamkniętych i metody adaptacji akustycznej pomieszczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian, laboratorium 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka TDRM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka TDRM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę w zakresie akustyki wnętrz, zna metody analizy pola akustycznego w pomieszczeniach zamkniętych i metody adaptacji akustycznej pomieszczeń.</w:t>
+        <w:t xml:space="preserve">Zna zasady działania przetworników elektroakustycznych, ma wiedzę o typowych konstrukcjach głośników i mikrofonów oraz zna ich podstawowe parametry użytkowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian, laboratorium 2</w:t>
+        <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TDRM_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady działania przetworników elektroakustycznych, ma wiedzę o typowych konstrukcjach głośników i mikrofonów oraz zna ich podstawowe parametry użytkowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka TDRM_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TDRM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady działania przetworników elektroakustycznych, ma wiedzę o typowych konstrukcjach głośników i mikrofonów oraz zna ich podstawowe parametry użytkowe.</w:t>
+        <w:t xml:space="preserve">Potrafi posłużyć się typowym elektroakustycznym systemem pomiarowym, wykonywać podstawowe pomiary urządzeń elektroakustycznych oraz interpretować ich wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian</w:t>
+        <w:t xml:space="preserve">sprawdzian, laboratorium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka TDRM_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka TDRM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady działania przetworników elektroakustycznych, ma wiedzę o typowych konstrukcjach głośników i mikrofonów oraz zna ich podstawowe parametry użytkowe.</w:t>
+        <w:t xml:space="preserve">Potrafi posłużyć się typowym elektroakustycznym systemem pomiarowym, wykonywać podstawowe pomiary urządzeń elektroakustycznych oraz interpretować ich wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian</w:t>
+        <w:t xml:space="preserve">sprawdzian, laboratorium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>