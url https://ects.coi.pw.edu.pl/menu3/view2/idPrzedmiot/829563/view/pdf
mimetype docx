--- v0 (2026-01-10)
+++ v1 (2026-02-09)
@@ -1502,121 +1502,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyniki Ćwiczeń Laboratoryjnych nr 1, 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SRDM_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi pracować w zespole, korzystać z przyrządów wirtualnych, na podstawie obserwowanego przebiegu czasowego, widma amplitudowego określić rodzaj badanego sygnału oraz obliczać jego podstawowe parametry (szerokość zajmowanego pasma częstotliwości, głębokości modulacji, indeksu modulacji).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wyniki Ćwiczeń Laboratoryjnych nr 1, 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1784,50 +1784,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyniki Projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SRDM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student, który zaliczył przedmiot potrafi samodzielnie zebrać informacje dotyczące wybranego zagadnienia związanego z tematyką wykładu i przygotować opracowanie, w którym to zagadnienie zostanie szczegółowo omówione. Przygotowanie opracowania może wymagać przeprowadzenia obliczeń matematycznych, przeprowadzenia symulacji komputerowych lub opracowania w wybranym języku programowania implementacji algorytmu przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wyniki Projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1925,120 +1995,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wyniki Projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>