--- v0 (2025-12-28)
+++ v1 (2026-01-13)
@@ -1826,50 +1826,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWTM_K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma świadomość poziomu swojej wiedzy i umiejętności z zakresu prawa gospodarczego, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWTM_K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma świadomość poziomu swojej wiedzy i umiejętności z zakresu prawa gospodarczego, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWTM_K01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma świadomość poziomu swojej wiedzy i umiejętności z zakresu prawa gospodarczego, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1897,260 +2107,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K02</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>