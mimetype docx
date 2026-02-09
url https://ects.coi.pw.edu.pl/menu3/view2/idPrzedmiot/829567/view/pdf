--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -1536,50 +1536,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWTM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student nabywa umiejętność dokonywania podstawowych czynności prawnych, w tym zwłaszcza polegających na zawieraniu umów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWTM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student nabywa umiejętność dokonywania podstawowych czynności prawnych, w tym zwłaszcza polegających na zawieraniu umów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1627,200 +1767,200 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PWTM_U02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PWTM_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student nabywa umiejętność dokonywania podstawowych czynności prawnych, w tym zwłaszcza polegających na zawieraniu umów.</w:t>
+        <w:t xml:space="preserve">Student ma świadomość poziomu swojej wiedzy i umiejętności z zakresu prawa gospodarczego, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10</w:t>
+        <w:t xml:space="preserve">K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PWTM_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PWTM_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student nabywa umiejętność dokonywania podstawowych czynności prawnych, w tym zwłaszcza polegających na zawieraniu umów.</w:t>
+        <w:t xml:space="preserve">Student ma świadomość poziomu swojej wiedzy i umiejętności z zakresu prawa gospodarczego, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12</w:t>
+        <w:t xml:space="preserve">K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWTM_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma świadomość poziomu swojej wiedzy i umiejętności z zakresu prawa gospodarczego, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1967,190 +2107,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K06</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>