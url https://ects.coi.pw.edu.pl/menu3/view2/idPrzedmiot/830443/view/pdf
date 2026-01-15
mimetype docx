--- v0 (2026-01-10)
+++ v1 (2026-01-15)
@@ -1042,121 +1042,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena postępów podczas ćwiczenia laboratoryjnego nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie metody różnic skończonych i metody elementów skończonych stosowanych do prostych zagadnień brzegowych formułowanych dla równań różniczkowych zwyczajnych i cząstkowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, ocena postępów podczas ćwiczenia laboratoryjnego nr 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie metody różnic skończonych i metody elementów skończonych stosowanych do prostych zagadnień brzegowych formułowanych dla równań różniczkowych zwyczajnych i cząstkowych.</w:t>
+        <w:t xml:space="preserve">Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem: wartości i wektory własne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena postępów podczas ćwiczenia laboratoryjnego nr 2.</w:t>
+        <w:t xml:space="preserve">Kolokwium, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08</w:t>
+        <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1182,465 +1252,465 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnieniem: wartości i wektory własne.</w:t>
+        <w:t xml:space="preserve">Potrafi porównać i ocenić krytycznie właściwości poznanych metod całkowania równań różniczkowych zwyczajnych; potrafi opracować implementację prostej metody wielokrokowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego nr 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium. Efekty realizacji ćwiczenia laboratoryjnego nr 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W07</w:t>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi porównać i ocenić krytycznie właściwości poznanych metod całkowania równań różniczkowych zwyczajnych; potrafi opracować implementację prostej metody wielokrokowej.</w:t>
+        <w:t xml:space="preserve">Potrafi omówić ograniczenia stosowalności algorytmów skończonych typu eliminacji Gaussa, uzasadnić potrzebę stosowania  metod iteracyjnych oraz  - w wybranych przypadkach – zweryfikować warunki ich zbieżności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium. Efekty realizacji ćwiczenia laboratoryjnego nr 5.</w:t>
+        <w:t xml:space="preserve">Kolokwium, ocena efektów realizacji ćwiczenia laboratoryjnego nr 3.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi omówić ograniczenia stosowalności algorytmów skończonych typu eliminacji Gaussa, uzasadnić potrzebę stosowania  metod iteracyjnych oraz  - w wybranych przypadkach – zweryfikować warunki ich zbieżności.</w:t>
+        <w:t xml:space="preserve">Wykorzystując podane procedury potrafi rozwiązań zadanie inżynierskie wymagające zastosowania metody Newtona-Raphsona; potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena efektów realizacji ćwiczenia laboratoryjnego nr 3.</w:t>
+        <w:t xml:space="preserve">Kolokwium, efekty realizacji ćwiczenia laboratoryjnego nr 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykorzystując podane procedury potrafi rozwiązań zadanie inżynierskie wymagające zastosowania metody Newtona-Raphsona; potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować właściwą aproksymację różnicową do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, efekty realizacji ćwiczenia laboratoryjnego nr 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować właściwą aproksymację różnicową do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Kolokwium, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK470_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK470_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać procedury biblioteczne do konstrukcji własnego programu obliczeniowego, a następnie program ten samodzielnie uruchomić i przeprowadzić analizę poprawności jego działania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, ocena pracy i postępów studentów w trakcie wykonywania ćwiczenia laboratoryjnego  nr 6.</w:t>
+        <w:t xml:space="preserve">Ocena pracy i postępów studentów w trakcie wykonywania kolejnych ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1683,120 +1753,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy i postępów studentów w trakcie wykonywania kolejnych ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>