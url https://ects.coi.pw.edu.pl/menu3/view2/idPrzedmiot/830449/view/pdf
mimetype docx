--- v0 (2025-12-29)
+++ v1 (2026-02-08)
@@ -764,901 +764,901 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu historii biomechaniki na tle historii rozwoju nauki, ze szczególnym uwzględnieniem jej interdyscyplinarnego charakteru i współczesnego znaczenia.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu historii biomechaniki na tle historii rozwoju nauki, ze szczególnym uwzględnieniem jej interdyscyplinarnego charakteru i współczesnego znaczenia.														</w:t>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o budowie i działaniu układu ruchu człowieka jako systemu biomechanicznego  (budowa układu mięśniowo – szkieletowego, sterowanie za pomocą centralnego układu nerwowego, energetyka układu ruchu).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o budowie i działaniu układu ruchu człowieka jako systemu biomechanicznego  (budowa układu mięśniowo – szkieletowego, sterowanie za pomocą centralnego układu nerwowego, energetyka układu ruchu).														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o budowie i działaniu układu ruchu człowieka jako systemu biomechanicznego  (budowa układu mięśniowo – szkieletowego, sterowanie za pomocą centralnego układu nerwowego, energetyka układu ruchu).														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o zasadach modelowania matematycznego i symulacji komputerowej układu ruchu człowieka.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad rejestracji, przetwarzania i interpretacji sygnałów biologicznych w dziedzinach czasu i częstotliwości.   														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad rejestracji, przetwarzania i interpretacji sygnałów biologicznych w dziedzinach czasu i częstotliwości.   														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę w zakresie zasad działania  i zastosowania urządzeń do zapewniania bezpieczeństwa biernego i czynnego  użytkowników pojazdów samochodowych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o budowie i działaniu układu ruchu człowieka jako systemu biomechanicznego  (budowa układu mięśniowo – szkieletowego, sterowanie za pomocą centralnego układu nerwowego, energetyka układu ruchu).														</w:t>
+        <w:t xml:space="preserve">Student umie stosować  metody modelowania matematycznego i symulacji komputerowej do obliczania sił rozwijanych przez mięśnie szkieletowe i sił reakcji w głównych stawach człowieka wywołanych obciążeniami występującymi w życiu codziennym, w trakcie pracy fizycznej, podczas ćwiczeń fizycznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W04</w:t>
+        <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o budowie i działaniu układu ruchu człowieka jako systemu biomechanicznego  (budowa układu mięśniowo – szkieletowego, sterowanie za pomocą centralnego układu nerwowego, energetyka układu ruchu).														</w:t>
+        <w:t xml:space="preserve">Student umie stosować  metody modelowania matematycznego i symulacji komputerowej do obliczania sił rozwijanych przez mięśnie szkieletowe i sił reakcji w głównych stawach człowieka wywołanych obciążeniami występującymi w życiu codziennym, w trakcie pracy fizycznej, podczas ćwiczeń fizycznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W05</w:t>
+        <w:t xml:space="preserve">AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o budowie i działaniu układu ruchu człowieka jako systemu biomechanicznego  (budowa układu mięśniowo – szkieletowego, sterowanie za pomocą centralnego układu nerwowego, energetyka układu ruchu).														</w:t>
+        <w:t xml:space="preserve">Student umie stosować  metody modelowania matematycznego i symulacji komputerowej do obliczania sił rozwijanych przez mięśnie szkieletowe i sił reakcji w głównych stawach człowieka wywołanych obciążeniami występującymi w życiu codziennym, w trakcie pracy fizycznej, podczas ćwiczeń fizycznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08</w:t>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK717_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę o zasadach modelowania matematycznego i symulacji komputerowej układu ruchu człowieka.														</w:t>
+        <w:t xml:space="preserve">Student umie stosować  metody modelowania matematycznego i symulacji komputerowej do obliczania sił rozwijanych przez mięśnie szkieletowe i sił reakcji w głównych stawach człowieka wywołanych obciążeniami występującymi w życiu codziennym, w trakcie pracy fizycznej, podczas ćwiczeń fizycznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08</w:t>
-[...358 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>