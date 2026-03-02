--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -1404,50 +1404,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie stosować  metody modelowania matematycznego i symulacji komputerowej do obliczania sił rozwijanych przez mięśnie szkieletowe i sił reakcji w głównych stawach człowieka wywołanych obciążeniami występującymi w życiu codziennym, w trakcie pracy fizycznej, podczas ćwiczeń fizycznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK717_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie stosować  metody modelowania matematycznego i symulacji komputerowej do obliczania sił rozwijanych przez mięśnie szkieletowe i sił reakcji w głównych stawach człowieka wywołanych obciążeniami występującymi w życiu codziennym, w trakcie pracy fizycznej, podczas ćwiczeń fizycznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1475,190 +1615,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U20</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>