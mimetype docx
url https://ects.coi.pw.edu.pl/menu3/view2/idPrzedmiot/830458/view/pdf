--- v0 (2025-12-29)
+++ v1 (2026-02-07)
@@ -970,50 +970,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować podzespoły robota realizujące ściśle określoną funkcję i spełniające narzucone z góry założenia konstrukcyjne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1251,120 +1321,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>