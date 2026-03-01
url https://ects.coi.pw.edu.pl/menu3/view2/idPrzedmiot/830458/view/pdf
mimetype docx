--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -1670,50 +1670,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK369_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu połączenia obrotowe i postępowe oraz jest w stanie zaproponować podparcie na łożyskach różnego typu o odpowiedniej trwałości i sprawności, właściwie osadzonych, smarowanych i zabezpieczonych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1741,120 +1811,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć, sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej, omówienie sprawdzonego projektu – analiza błędów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>