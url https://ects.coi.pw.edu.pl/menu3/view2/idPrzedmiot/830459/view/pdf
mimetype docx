--- v0 (2025-12-29)
+++ v1 (2026-02-08)
@@ -1320,50 +1320,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397__U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie analizować układy cyfrowe sekwencyjne.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397__U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie analizować układy cyfrowe sekwencyjne.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1419,128 +1559,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397__U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie analizować układy cyfrowe sekwencyjne.																</w:t>
+        <w:t xml:space="preserve">Student potrafi zaprojektować i zestawić prosty układ do badania układów techniki cyfrowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397__U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie analizować układy cyfrowe sekwencyjne.																</w:t>
+        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1559,198 +1769,548 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zaprojektować i zestawić prosty układ do badania układów techniki cyfrowej.</w:t>
+        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U12</w:t>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1769,58 +2329,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1839,58 +2399,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1909,862 +2469,302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U02</w:t>
-      </w:r>
-[...698 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>