--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -1670,50 +1670,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1769,128 +1909,548 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie analizować układy cyfrowe kombinacyjne.															</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1909,58 +2469,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1979,58 +2539,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2049,58 +2609,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2119,652 +2679,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U13</w:t>
-      </w:r>
-[...558 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>