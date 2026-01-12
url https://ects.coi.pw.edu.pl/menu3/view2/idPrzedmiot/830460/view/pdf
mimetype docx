--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -1397,50 +1397,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1566,146 +1706,146 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprogramować aplikację funkcjonalną z zastosowaniem sterownika PLC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U03</w:t>
+        <w:t xml:space="preserve">AiR1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprogramować aplikację funkcjonalną z zastosowaniem sterownika PLC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1747,681 +1887,541 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zbudować prostą funkcję przy użyciu układu mikroprocesorowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprogramować aplikację funkcjonalną z zastosowaniem sterownika PLC.</w:t>
+        <w:t xml:space="preserve">Potrafi zbudować prostą funkcję przy użyciu układu mikroprocesorowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zbudować prostą funkcję przy użyciu układu mikroprocesorowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne wariantowego modelu układu napędowego z silnikiem prądu stałego opisanego za pomocą: równań różniczkowych, równań stanu oraz transmitancji operatorowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdanie indywidualnego, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne wariantowego modelu układu napędowego z silnikiem prądu stałego opisanego za pomocą: równań różniczkowych, równań stanu oraz transmitancji operatorowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdanie indywidualnego, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprogramować aplikację funkcjonalną z zastosowaniem sterownika PLC.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne wariantowego modelu układu napędowego z silnikiem prądu stałego opisanego za pomocą: równań różniczkowych, równań stanu oraz transmitancji operatorowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdanie indywidualnego, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U12</w:t>
+        <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zbudować prostą funkcję przy użyciu układu mikroprocesorowego.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne wariantowego modelu układu napędowego z silnikiem prądu stałego opisanego za pomocą: równań różniczkowych, równań stanu oraz transmitancji operatorowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdanie indywidualnego, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U04</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U02</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>