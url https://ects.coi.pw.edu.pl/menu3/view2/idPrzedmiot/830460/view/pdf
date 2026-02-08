--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -767,1661 +767,1661 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi dokonać pomiaru charakterystyk częstotliwościowych i przebiegów nieustalonych podstawowych członów automatyki.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi dokonać pomiaru charakterystyk częstotliwościowych i przebiegów nieustalonych podstawowych członów automatyki.														</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć charakterystykę amplitudowo-fazową obiektu na podstawie zarejestrowanej odpowiedzi skokowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania z wykonanego ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć charakterystykę amplitudowo-fazową obiektu na podstawie zarejestrowanej odpowiedzi skokowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania z wykonanego ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrać doświadczalnie nastawy w układach automatycznej regulacji ciągłej i impulsowej oraz ocenić jakości regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U10</w:t>
+        <w:t xml:space="preserve">AiR1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć charakterystykę amplitudowo-fazową obiektu na podstawie zarejestrowanej odpowiedzi skokowej.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać doświadczalnie nastawy w układach automatycznej regulacji ciągłej i impulsowej oraz ocenić jakości regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania z wykonanego ćwiczenia.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zidentyfikować parametry układu regulacji dwupołożeniowej na postawie zarejestrowanych sygnałów dla cyklu granicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zidentyfikować parametry układu regulacji dwupołożeniowej na postawie zarejestrowanych sygnałów dla cyklu granicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zidentyfikować parametry układu regulacji dwupołożeniowej na postawie zarejestrowanych sygnałów dla cyklu granicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne komputerowego modelu układu regulacji opisanego transmitancją operatorową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, test wielokrotnego wyboru.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprogramować aplikację funkcjonalną z zastosowaniem sterownika PLC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć charakterystykę amplitudowo-fazową obiektu na podstawie zarejestrowanej odpowiedzi skokowej.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprogramować aplikację funkcjonalną z zastosowaniem sterownika PLC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania z wykonanego ćwiczenia.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać doświadczalnie nastawy w układach automatycznej regulacji ciągłej i impulsowej oraz ocenić jakości regulacji.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprogramować aplikację funkcjonalną z zastosowaniem sterownika PLC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U03</w:t>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać doświadczalnie nastawy w układach automatycznej regulacji ciągłej i impulsowej oraz ocenić jakości regulacji.</w:t>
+        <w:t xml:space="preserve">Potrafi zbudować prostą funkcję przy użyciu układu mikroprocesorowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zbudować prostą funkcję przy użyciu układu mikroprocesorowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zbudować prostą funkcję przy użyciu układu mikroprocesorowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania indywidualnego, projekt indywidualny, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne wariantowego modelu układu napędowego z silnikiem prądu stałego opisanego za pomocą: równań różniczkowych, równań stanu oraz transmitancji operatorowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdanie indywidualnego, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne wariantowego modelu układu napędowego z silnikiem prądu stałego opisanego za pomocą: równań różniczkowych, równań stanu oraz transmitancji operatorowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdanie indywidualnego, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne wariantowego modelu układu napędowego z silnikiem prądu stałego opisanego za pomocą: równań różniczkowych, równań stanu oraz transmitancji operatorowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdanie indywidualnego, kartkówka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK362_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK362_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zidentyfikować parametry układu regulacji dwupołożeniowej na postawie zarejestrowanych sygnałów dla cyklu granicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić badania symulacyjne wariantowego modelu układu napędowego z silnikiem prądu stałego opisanego za pomocą: równań różniczkowych, równań stanu oraz transmitancji operatorowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania zespołowego, test wielokrotnego wyboru.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdanie indywidualnego, kartkówka.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U02</w:t>
-[...348 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
-      </w:r>
-[...838 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>