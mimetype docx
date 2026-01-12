--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -1684,191 +1684,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U13</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>