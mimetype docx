--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -1474,401 +1474,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać zadanie odwrotne dynamiki dla mechanizmów o dowolnej strukturze.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+        <w:t xml:space="preserve">Trzecia i czwarta praca domowa, drugi sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>