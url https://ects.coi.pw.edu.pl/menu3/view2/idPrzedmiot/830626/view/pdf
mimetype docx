--- v2 (2026-01-13)
+++ v3 (2026-02-09)
@@ -1474,50 +1474,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK451_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmów i rozwiązać je numerycznie.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1545,120 +1615,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pierwsza i druga praca domowa, pierwszy sprawdzian, egzamin końcowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>