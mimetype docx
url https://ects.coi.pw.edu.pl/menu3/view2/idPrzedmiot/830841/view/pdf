--- v0 (2026-01-08)
+++ v1 (2026-03-01)
@@ -1183,401 +1183,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi zastosować odpowiednie przyrządy i metody pomiaru wielkości geometrycznych w zależności od dokładności i kształtu wykonywanej części.														</w:t>
+        <w:t xml:space="preserve">														W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U09</w:t>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														W procesach obróbki skrawaniem potrafi ocenić zużycie ostrza, pomierzyć siły i temperatury podczas skrawania, dobrać parametry procesu.														</w:t>
+        <w:t xml:space="preserve">														Potrafi napisać prosty program dla obrabiarki sterowanej numerycznie (np. do obróbki skrawaniem, elektroerozyjnej).														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi dobrać metodę spajania materiałów i podstawowe parametry procesu.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK400_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK400_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Potrafi napisać prosty program dla obrabiarki sterowanej numerycznie (np. do obróbki skrawaniem, elektroerozyjnej).														</w:t>
+        <w:t xml:space="preserve">														Potrafi dobrać metodę spajania materiałów i podstawowe parametry procesu.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka i indywidualne sprawozdanie z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U19</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>