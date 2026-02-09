--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -1205,50 +1205,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna wpływ instalacji wewnętrznych na rozwiązania projektowe budynków.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1374,92 +1444,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W6: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna wpływ instalacji wewnętrznych na rozwiązania projektowe budynków.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę dotyczącą zagadnień cieplnych i wilgotnościowych w przegrodach budowlanych oraz zna aktualne wymagania stawiane elementom konstrukcyjnym.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W04</w:t>
+        <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1485,121 +1555,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W7: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student posiada wiedzę dotyczącą zagadnień cieplnych i wilgotnościowych w przegrodach budowlanych oraz zna aktualne wymagania stawiane elementom konstrukcyjnym.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W06</w:t>
+        <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1625,227 +1765,717 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W31</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1864,58 +2494,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1934,58 +2564,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2004,722 +2634,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W9: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody ocena energetycznej budynków oraz zagadnienia związane z termomodernizacją.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W31</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>