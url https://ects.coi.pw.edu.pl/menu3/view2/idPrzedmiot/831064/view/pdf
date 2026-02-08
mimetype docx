--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1741,121 +1741,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS592A_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">										Potrafi dokonać prostej analizy obliczeniowej wymienników masy typu adsorber.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U23</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>