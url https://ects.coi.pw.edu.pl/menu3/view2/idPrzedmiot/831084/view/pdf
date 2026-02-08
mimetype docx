--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -749,50 +749,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student posiada wiedzę o konstrukcji kotła parowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -848,92 +918,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o konstrukcji kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student posiada wiedzę o zasadach eksploatacji kotła parowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W07</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -959,87 +1029,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe procesy cieplno-przepływowe zachodzące w kotle parowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student posiada wiedzę o zasadach eksploatacji kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe procesy cieplno-przepływowe zachodzące w kotle parowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1058,128 +1198,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe procesy cieplno-przepływowe zachodzące w kotle parowym.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe technologie spalania niskoemisyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe technologie spalania niskoemisyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe procesy cieplno-przepływowe zachodzące w kotle parowym.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe technologie spalania niskoemisyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1198,58 +1408,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe technologie spalania niskoemisyjnego.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe układy regulacji kotła parowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1268,58 +1478,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe technologie spalania niskoemisyjnego.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe układy regulacji kotła parowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1338,58 +1548,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe technologie spalania niskoemisyjnego.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe układy regulacji kotła parowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1408,488 +1618,558 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe układy regulacji kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe właściwości materiałów kotłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W14</w:t>
+        <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe układy regulacji kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe właściwości materiałów kotłowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe układy regulacji kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test.</w:t>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe właściwości materiałów kotłowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test.</w:t>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe właściwości materiałów kotłowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test.</w:t>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1908,58 +2188,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1978,58 +2258,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wyznaczyć podstawowe straty cieplne kotła parowego.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2089,87 +2369,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2188,58 +2538,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2258,58 +2608,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2328,652 +2678,302 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia bilansowe i wyznaczyć sprawność kotła.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia wytrzymałościowe elementów ciśnieniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U24</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia wytrzymałościowe elementów ciśnieniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U07</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia wytrzymałościowe elementów ciśnieniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U17</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK715_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia cieplno-przepływowe powierzchni ogrzewalnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia wytrzymałościowe elementów ciśnieniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U18</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U27</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>