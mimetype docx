--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -2719,50 +2719,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK715_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić obliczenia wytrzymałościowe elementów ciśnieniowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test, ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2860,120 +2930,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test, ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>