--- v0 (2025-12-26)
+++ v1 (2026-02-07)
@@ -1482,50 +1482,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1693,120 +1763,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>