--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -772,1041 +772,1041 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																							Student potrafi wskazać i opisać rolę nowoczesnych sieci przesyłowych w procesie wytwarzania energii elektrycznej, przesyłu, dystrybucji i rozdziału do końcowych odbiorców. 																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK712_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																							Student potrafi wskazać i opisać rolę nowoczesnych sieci przesyłowych w procesie wytwarzania energii elektrycznej, przesyłu, dystrybucji i rozdziału do końcowych odbiorców. 																																	</w:t>
+        <w:t xml:space="preserve">					Potrafi scharakteryzować Inteligentne Sieci Przesyłowe w energetyce	.								</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">					Potrafi scharakteryzować Inteligentne Sieci Przesyłowe w energetyce	.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">					Potrafi scharakteryzować Inteligentne Sieci Przesyłowe w energetyce	.								</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, obserwacja w trakcie zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W23</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK712_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">					Potrafi scharakteryzować Inteligentne Sieci Przesyłowe w energetyce	.								</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, obserwacja w trakcie zajęć.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W15</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK712_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">					Potrafi scharakteryzować Inteligentne Sieci Przesyłowe w energetyce	.								</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, obserwacja w trakcie zajęć.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W19</w:t>
+        <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK712_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">					Potrafi scharakteryzować Inteligentne Sieci Przesyłowe w energetyce	.								</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, obserwacja w trakcie zajęć.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W23</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK712_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK712_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																Student potrafi zaprojektować funkcjonalny fragment sieci elektroenergetycznej, zasilającej wybranych odbiorców.												</w:t>
+        <w:t xml:space="preserve">							Potrafi opisać aktualną i perspektywiczną strukturę krajowej elektroenergetyki.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca projektowa, obserwacja w trakcie zajęć, kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania, kolokwium, obserwacja studenta w trakcie zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...278 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U20</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>