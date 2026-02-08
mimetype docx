--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -2595,50 +2595,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2806,260 +3016,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U03</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>