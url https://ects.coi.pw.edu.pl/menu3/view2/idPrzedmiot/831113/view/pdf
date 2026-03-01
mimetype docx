--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -975,50 +975,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy teoretyczne działania pomp ciepła, rodzaje, własności czynników roboczych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy teoretyczne działania pomp ciepła, rodzaje, własności czynników roboczych.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1074,146 +1214,216 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Posiada wiedzę tworzenia koncepcji technicznej systemów grzewczych mono i biwalentnych z pompą ciepła współpracującą z innymi odnawialnymi i konwencjonalnymi urządzeniami/ źródłami ciepła.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Posiada wiedzę tworzenia koncepcji technicznej systemów grzewczych mono i biwalentnych z pompą ciepła współpracującą z innymi odnawialnymi i konwencjonalnymi urządzeniami/ źródłami ciepła.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_W2: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Rozwiązywanie zadań problemowych i obliczeniowych 2, kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Posiada wiedzę tworzenia koncepcji technicznej systemów grzewczych mono i biwalentnych z pompą ciepła współpracującą z innymi odnawialnymi i konwencjonalnymi urządzeniami/ źródłami ciepła.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1255,315 +1465,525 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">								Posiada wiedzę tworzenia koncepcji technicznej systemów grzewczych mono i biwalentnych z pompą ciepła współpracującą z innymi odnawialnymi i konwencjonalnymi urządzeniami/ źródłami ciepła.																</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS540_W3: </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Zadania problemowe 3, weryfikacja na rzeczywistych działających systemach 1, kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady wyznaczania efektywności energetycznej i redukcji emisji pomp ciepła i kompleksowych systemów grzewczych z pompą ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1605,470 +2025,50 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania koncepcyjne 1, zadania obliczeniowe 3, kolokwium 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W10</w:t>
-[...418 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_W24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
@@ -2595,50 +2595,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS540_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wymiarować pompy ciepła i dokonywać wyboru źródeł ciepła.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2876,190 +3016,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zadania obliczeniowe 1, kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>