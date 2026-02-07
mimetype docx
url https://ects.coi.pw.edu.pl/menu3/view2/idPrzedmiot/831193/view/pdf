--- v0 (2025-12-28)
+++ v1 (2026-02-07)
@@ -1189,157 +1189,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1350,356 +1560,496 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,58 +2068,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,442 +2208,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U07</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>