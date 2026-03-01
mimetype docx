--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -1189,50 +1189,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1288,58 +1358,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1399,51 +1469,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1469,237 +1539,517 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,58 +2068,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,58 +2208,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1928,128 +2278,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2068,582 +2558,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>