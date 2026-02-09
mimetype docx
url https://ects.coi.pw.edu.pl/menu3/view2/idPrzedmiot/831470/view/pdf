--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -742,541 +742,541 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS636_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie określić wpływ podstawowych pól Ziemi na stosowane metody nawigacji, umie wyjaśnić wpływ kształtu Ziemi, pola grawitacyjnego, prędkości obrotu na metody wyznaczania parametrów nawigacyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS636_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS636_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie określić wpływ podstawowych pól Ziemi na stosowane metody nawigacji, umie wyjaśnić wpływ kształtu Ziemi, pola grawitacyjnego, prędkości obrotu na metody wyznaczania parametrów nawigacyjnych.							</w:t>
+        <w:t xml:space="preserve">							Umie wyjaśnić zasady działania układów nawigacji satelitarnej.	Potrafi przedstawić budowę, zasady pomiaru, błędy układów nawigacji satelitarnej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS636_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyjaśnić zasady działania układów nawigacji satelitarnej.	Potrafi przedstawić budowę, zasady pomiaru, błędy układów nawigacji satelitarnej.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS636_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyjaśnić zasadę działania układów nawigacji inercjalnej. Potrafi omówić stosowane czujniki, algorytmy obliczeń oraz błędy układów bezkardanowych nawigacji inercjalnej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS636_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyjaśnić zasadę działania układów nawigacji inercjalnej. Potrafi omówić stosowane czujniki, algorytmy obliczeń oraz błędy układów bezkardanowych nawigacji inercjalnej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS636_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS636_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyjaśnić zasady działania układów nawigacji satelitarnej.	Potrafi przedstawić budowę, zasady pomiaru, błędy układów nawigacji satelitarnej.						</w:t>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat celów i metod integracji czujników w układach nawigacyjnych.	Potrafi wyjaśnić zasady integracji na przykładzie rożnych metod integracji układów nawigacji inercjalnej i satelitarnej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS636_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS636_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie wyjaśnić zasady działania układów nawigacji satelitarnej.	Potrafi przedstawić budowę, zasady pomiaru, błędy układów nawigacji satelitarnej.						</w:t>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat celów i metod integracji czujników w układach nawigacyjnych.	Potrafi wyjaśnić zasady integracji na przykładzie rożnych metod integracji układów nawigacji inercjalnej i satelitarnej.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W12</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>