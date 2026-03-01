--- v1 (2026-02-09)
+++ v2 (2026-03-01)
@@ -742,121 +742,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS636_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie określić wpływ podstawowych pól Ziemi na stosowane metody nawigacji, umie wyjaśnić wpływ kształtu Ziemi, pola grawitacyjnego, prędkości obrotu na metody wyznaczania parametrów nawigacyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>