--- v0 (2026-01-08)
+++ v1 (2026-02-09)
@@ -1023,50 +1023,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi posługiwać się typowymi czujnikami, urządzeniami i systemami pomiarowymi.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1192,128 +1262,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS646_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi posługiwać się typowymi czujnikami, urządzeniami i systemami pomiarowymi.					</w:t>
+        <w:t xml:space="preserve">							Potrafi opracować wyniki eksperymentu oraz wykonać sprawozdanie z pomiaru.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opracować wyniki eksperymentu oraz wykonać sprawozdanie z pomiaru.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opracować wyniki eksperymentu oraz wykonać sprawozdanie z pomiaru.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi opracować wyniki eksperymentu oraz wykonać sprawozdanie z pomiaru.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS646_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi opracować wyniki eksperymentu oraz wykonać sprawozdanie z pomiaru.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki pomiarów oraz wyciągać na ich podstawie wnioski w stosunku do postawionych celów eksperymentu.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1332,58 +1612,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS646_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi opracować wyniki eksperymentu oraz wykonać sprawozdanie z pomiaru.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki pomiarów oraz wyciągać na ich podstawie wnioski w stosunku do postawionych celów eksperymentu.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1402,58 +1682,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS646_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi opracować wyniki eksperymentu oraz wykonać sprawozdanie z pomiaru.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki pomiarów oraz wyciągać na ich podstawie wnioski w stosunku do postawionych celów eksperymentu.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1472,442 +1752,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS646_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi opracować wyniki eksperymentu oraz wykonać sprawozdanie z pomiaru.							</w:t>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki pomiarów oraz wyciągać na ich podstawie wnioski w stosunku do postawionych celów eksperymentu.				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS646_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi interpretować wyniki pomiarów oraz wyciągać na ich podstawie wnioski w stosunku do postawionych celów eksperymentu.				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U13</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>