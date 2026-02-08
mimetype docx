--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1601,50 +1601,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie podstaw techniki laboratoryjnych pomiarów aerodynamicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1672,120 +1742,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>