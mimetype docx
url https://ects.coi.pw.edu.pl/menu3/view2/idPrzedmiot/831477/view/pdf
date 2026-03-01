--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1181,611 +1181,611 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie własności skrzydeł skośnych, skrzydeł smukłych i hybrydowych w zakresie małych prędkości oraz dużych kątów natarcia.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie własności skrzydeł skośnych, skrzydeł smukłych i hybrydowych w zakresie małych prędkości oraz dużych kątów natarcia.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie własności skrzydeł skośnych, skrzydeł smukłych i hybrydowych w zakresie małych prędkości oraz dużych kątów natarcia.							</w:t>
+        <w:t xml:space="preserve">														Student posiada wiedzę odnośnie istoty oporu indukowanego oraz warunków i metod jego minimalizacji dla złożonych układów powierzchni nośnych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student posiada wiedzę odnośnie istoty oporu indukowanego oraz warunków i metod jego minimalizacji dla złożonych układów powierzchni nośnych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student posiada wiedzę odnośnie istoty oporu indukowanego oraz warunków i metod jego minimalizacji dla złożonych układów powierzchni nośnych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie własności skrzydeł skośnych, skrzydeł smukłych i hybrydowych w zakresie małych prędkości oraz dużych kątów natarcia.							</w:t>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie podstaw techniki laboratoryjnych pomiarów aerodynamicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+        <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie podstaw techniki laboratoryjnych pomiarów aerodynamicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS651_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS651_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student posiada wiedzę odnośnie istoty oporu indukowanego oraz warunków i metod jego minimalizacji dla złożonych układów powierzchni nośnych.														</w:t>
+        <w:t xml:space="preserve">							Student posiada wiedzę odnośnie podstaw techniki laboratoryjnych pomiarów aerodynamicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1</w:t>
+        <w:t xml:space="preserve">Kolokwium 1. Bieżąca ocena pracy studenta w ramach laboratorium, ocena projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W03</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W20</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>