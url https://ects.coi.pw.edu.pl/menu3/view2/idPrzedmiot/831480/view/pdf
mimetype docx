--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1457,50 +1457,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi określić organizację projektu, kolejność i wykonanie każdej z jego części.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1556,92 +1626,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS503_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi określić organizację projektu, kolejność i wykonanie każdej z jego części.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi określić wymagania środowiskowe i techniczne aparatury kosmicznej oraz wymagania niezawodnościowe.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U03</w:t>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1667,157 +1737,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi określić wymagania środowiskowe i techniczne aparatury kosmicznej oraz wymagania niezawodnościowe.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie rozwiązać zagadnienia dotyczące konstrukcji prostych mechanizmów i układów optycznych oraz konstrukcji układów elektronicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS503_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi określić wymagania środowiskowe i techniczne aparatury kosmicznej oraz wymagania niezawodnościowe.						</w:t>
+        <w:t xml:space="preserve">							Student umie rozwiązać zagadnienia dotyczące konstrukcji prostych mechanizmów i układów optycznych oraz konstrukcji układów elektronicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U15</w:t>
+        <w:t xml:space="preserve">LiK2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS503_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi określić wymagania środowiskowe i techniczne aparatury kosmicznej oraz wymagania niezawodnościowe.						</w:t>
+        <w:t xml:space="preserve">							Student umie rozwiązać zagadnienia dotyczące konstrukcji prostych mechanizmów i układów optycznych oraz konstrukcji układów elektronicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1878,260 +2088,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U07</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>