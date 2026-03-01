--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1877,50 +1877,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie rozwiązać zagadnienia dotyczące konstrukcji prostych mechanizmów i układów optycznych oraz konstrukcji układów elektronicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2046,92 +2116,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS503_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student umie rozwiązać zagadnienia dotyczące konstrukcji prostych mechanizmów i układów optycznych oraz konstrukcji układów elektronicznych.							</w:t>
+        <w:t xml:space="preserve">							Student umie zastosować podstawowe procedury przy realizacji projektów kosmicznych i testów urządzeń.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U07</w:t>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2157,191 +2227,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS503_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student umie zastosować podstawowe procedury przy realizacji projektów kosmicznych i testów urządzeń.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U13</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>