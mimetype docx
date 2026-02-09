--- v0 (2025-12-21)
+++ v1 (2026-02-09)
@@ -760,2311 +760,2311 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe typy palników i komór spalania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe typy palników i komór spalania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawowe typy palników i komór spalania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe typy palników i komór spalania.							</w:t>
+        <w:t xml:space="preserve">							Student posada wiedzę z zakresu aerodynamiki, procesów spalania i stabilizacji płomienia w komorach spalania silników turboodrzutowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W08</w:t>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe typy palników i komór spalania.							</w:t>
+        <w:t xml:space="preserve">							Student posada wiedzę z zakresu aerodynamiki, procesów spalania i stabilizacji płomienia w komorach spalania silników turboodrzutowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna zasadę działania i konstrukcję różnych napędów lotniczych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawowe typy palników i komór spalania.							</w:t>
+        <w:t xml:space="preserve">							Student zna zasadę działania i konstrukcję różnych napędów lotniczych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna zasadę działania i konstrukcję różnych napędów lotniczych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna zasadę działania i konstrukcję różnych napędów lotniczych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna budowę i wyposażenie lotniczej hamowni silnikowej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna budowę i wyposażenie lotniczej hamowni silnikowej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posada wiedzę z zakresu aerodynamiki, procesów spalania i stabilizacji płomienia w komorach spalania silników turboodrzutowych.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia w przepływie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student posada wiedzę z zakresu aerodynamiki, procesów spalania i stabilizacji płomienia w komorach spalania silników turboodrzutowych.						</w:t>
+        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia w przepływie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna zasadę działania i konstrukcję różnych napędów lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi wykonać stoiskowe charakterystyki silnika tłokowego i turbinowego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi wykonać stoiskowe charakterystyki silnika tłokowego i turbinowego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi policzyć podstawowe parametry gazodynamiczne silników turboodrzutowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W13</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna zasadę działania i konstrukcję różnych napędów lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi policzyć podstawowe parametry gazodynamiczne silników turboodrzutowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna zasadę działania i konstrukcję różnych napędów lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi policzyć podstawowe parametry gazodynamiczne silników turboodrzutowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna zasadę działania i konstrukcję różnych napędów lotniczych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi policzyć podstawowe parametry gazodynamiczne silników turboodrzutowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna budowę i wyposażenie lotniczej hamowni silnikowej.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi policzyć podstawowe parametry gazodynamiczne silników turboodrzutowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna budowę i wyposażenie lotniczej hamowni silnikowej.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi policzyć podstawowe parametry gazodynamiczne silników turboodrzutowych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
+        <w:t xml:space="preserve">LiK2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi w zespole wykonać projekt wstępny wybranego elementu lub całego układu napędowego statku powietrznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi w zespole wykonać projekt wstępny wybranego elementu lub całego układu napędowego statku powietrznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi w zespole wykonać projekt wstępny wybranego elementu lub całego układu napędowego statku powietrznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi w zespole wykonać projekt wstępny wybranego elementu lub całego układu napędowego statku powietrznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi w zespole wykonać projekt wstępny wybranego elementu lub całego układu napędowego statku powietrznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi w zespole wykonać projekt wstępny wybranego elementu lub całego układu napędowego statku powietrznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi w zespole wykonać projekt wstępny wybranego elementu lub całego układu napędowego statku powietrznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student potrafi w zespole wykonać projekt wstępny wybranego elementu lub całego układu napędowego statku powietrznego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia, wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia w przepływie.							</w:t>
+        <w:t xml:space="preserve">							Student rozumie potrzebę pracy zespołowej i potrafi pracować w zespole projektowym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu zespołowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01</w:t>
+        <w:t xml:space="preserve">LiK2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wyznaczyć dolną granicę zdmuchnięcia płomienia w przepływie.							</w:t>
+        <w:t xml:space="preserve">							Student rozumie potrzebę pracy zespołowej i potrafi pracować w zespole projektowym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu zespołowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U08</w:t>
+        <w:t xml:space="preserve">LiK2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS600_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS600_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi wykonać stoiskowe charakterystyki silnika tłokowego i turbinowego.						</w:t>
+        <w:t xml:space="preserve">							Student rozumie potrzebę pracy zespołowej i potrafi pracować w zespole projektowym.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, przygotowanie raportu z ćwiczenia.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu zespołowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01</w:t>
-[...1198 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_K04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>