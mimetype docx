--- v0 (2025-12-19)
+++ v1 (2026-02-09)
@@ -1462,50 +1462,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1561,58 +1911,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1631,58 +1981,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1701,58 +2051,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1771,58 +2121,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1841,58 +2191,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy elementów silników turbinowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1952,87 +2302,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2051,58 +2751,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2121,58 +2821,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2191,58 +2891,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2261,58 +3241,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2331,58 +3311,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć metodami analitycznymi przemieszczenia, naprężenia, odkształcenia w tarczach poddanych różnego typu obciążeniom.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U4 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi modelować i obliczać złożone konstrukcje, gdzie współpracują ze sobą tarcze, płyty i powłoki.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2401,1492 +3381,512 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS650_U3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie analizować pracę wytrzymałościową płyt kołowych i powłok cylindrycznych i kulistych metodami analitycznymi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować przybliżone metody numeryczne (MES) do obliczania np. tarcz o zmiennej grubości, silnie nagrzanych, pracujących poza granicami plastyczności pól.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować przybliżone metody numeryczne (MES) do obliczania np. tarcz o zmiennej grubości, silnie nagrzanych, pracujących poza granicami plastyczności pól.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować przybliżone metody numeryczne (MES) do obliczania np. tarcz o zmiennej grubości, silnie nagrzanych, pracujących poza granicami plastyczności pól.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować przybliżone metody numeryczne (MES) do obliczania np. tarcz o zmiennej grubości, silnie nagrzanych, pracujących poza granicami plastyczności pól.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować przybliżone metody numeryczne (MES) do obliczania np. tarcz o zmiennej grubości, silnie nagrzanych, pracujących poza granicami plastyczności pól.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować przybliżone metody numeryczne (MES) do obliczania np. tarcz o zmiennej grubości, silnie nagrzanych, pracujących poza granicami plastyczności pól.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS650_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi stosować przybliżone metody numeryczne (MES) do obliczania np. tarcz o zmiennej grubości, silnie nagrzanych, pracujących poza granicami plastyczności pól.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie zadań domowych i kolokwium zaliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01</w:t>
-      </w:r>
-[...1398 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>