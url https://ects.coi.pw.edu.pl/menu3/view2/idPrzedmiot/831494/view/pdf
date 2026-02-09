--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -903,121 +903,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Zna podstawowe warunki brzegowe i zasady ich stosowania. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna podstawowe warunki brzegowe i zasady ich stosowania. 																																			</w:t>
+        <w:t xml:space="preserve">																																			Zna podstawowe modele turbulencji. 																																																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W02</w:t>
+        <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1043,261 +1113,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																												Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																																			Zna podstawowe modele turbulencji. 																																																	</w:t>
+        <w:t xml:space="preserve">																												Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>