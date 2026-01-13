--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1044,891 +1044,891 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi scharakteryzować najważniejsze etapy projektowania i wyróżnić krytyczne technologie ważne dla lotnictwa bezzałogowego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+        <w:t xml:space="preserve">Ocena projektów no. 2,3,4,5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01</w:t>
+        <w:t xml:space="preserve">LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi scharakteryzować najważniejsze etapy projektowania i wyróżnić krytyczne technologie ważne dla lotnictwa bezzałogowego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+        <w:t xml:space="preserve">Ocena projektów no. 2,3,4,5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U02</w:t>
+        <w:t xml:space="preserve">LiK2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi scharakteryzować najważniejsze etapy projektowania i wyróżnić krytyczne technologie ważne dla lotnictwa bezzałogowego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+        <w:t xml:space="preserve">Ocena projektów no. 2,3,4,5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U03</w:t>
-[...488 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U17</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>