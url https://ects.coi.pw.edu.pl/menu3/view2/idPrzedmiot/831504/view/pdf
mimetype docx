--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -1044,50 +1044,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1493,442 +1703,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi scharakteryzować najważniejsze etapy projektowania i wyróżnić krytyczne technologie ważne dla lotnictwa bezzałogowego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+        <w:t xml:space="preserve">Ocena projektów no. 2,3,4,5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U14</w:t>
+        <w:t xml:space="preserve">LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi scharakteryzować najważniejsze etapy projektowania i wyróżnić krytyczne technologie ważne dla lotnictwa bezzałogowego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+        <w:t xml:space="preserve">Ocena projektów no. 2,3,4,5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U15</w:t>
+        <w:t xml:space="preserve">LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+        <w:t xml:space="preserve">							Potrafi scharakteryzować najważniejsze etapy projektowania i wyróżnić krytyczne technologie ważne dla lotnictwa bezzałogowego.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+        <w:t xml:space="preserve">Ocena projektów no. 2,3,4,5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U16</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U19</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>