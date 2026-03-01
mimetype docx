--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -1044,50 +1044,540 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK309_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać najważniejsze czujniki dla samolotu bezzałogowego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1185,540 +1675,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu no 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_U16</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>