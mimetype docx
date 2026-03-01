--- v0 (2026-01-10)
+++ v1 (2026-03-01)
@@ -746,50 +746,540 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -845,2832 +1335,2342 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W06</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK389_W1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat stosowanych rozwiązań lotniczych układów sterowania.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę na temat regulatorów i kompensatorów i ich roli w układach automatyki.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność doboru praw sterowania i nastaw regulatorów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Student poznaje strukturę lotniczych układów sterowania.							</w:t>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W14</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">LiK2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">LiK2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W09</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">LiK2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W11</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">LiK2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W15</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Umie dobrać nastawy regulatorów.						</w:t>
+        <w:t xml:space="preserve">LiK2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W20</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W07</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">							Posiada wiedzę na temat identyfikacji dynamiki obiektów i procesów.							</w:t>
+        <w:t xml:space="preserve">LiK2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK389_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student posiada umiejętność zaprojektowania struktury układu regulacji.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W11</w:t>
-[...1408 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK2_U04</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>