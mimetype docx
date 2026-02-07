--- v0 (2026-01-08)
+++ v1 (2026-02-07)
@@ -1197,191 +1197,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>