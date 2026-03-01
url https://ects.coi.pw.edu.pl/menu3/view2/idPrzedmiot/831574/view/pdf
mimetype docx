--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -1197,50 +1197,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1288,216 +1358,356 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma podstawową wiedzę na temat metod całkowania równań ruchu układów wieloczłonowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Test końcowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1516,582 +1726,372 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zapisać równania kinematyki mechanizmu i układu wieloczłonowego o złożonej strukturze.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK313_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozwiązać numerycznie równania kinematyki.</w:t>
+        <w:t xml:space="preserve">Student potrafi zapisać równania ruchu złożonych mechanizmów.		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+        <w:t xml:space="preserve">Test zaliczeniowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zapisać równania ruchu złożonych mechanizmów.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test zaliczeniowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK313_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zapisać równania ruchu złożonych mechanizmów.		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test zaliczeniowy oraz projekt obliczeniowy w środowisku MATLAB-a i z zastosowaniem programu komercyjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>