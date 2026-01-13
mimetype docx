--- v0 (2026-01-08)
+++ v1 (2026-01-13)
@@ -1600,50 +1600,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1839,58 +2189,408 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1909,58 +2609,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1979,58 +2679,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2049,58 +2749,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2119,58 +2819,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2189,58 +2889,828 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2259,58 +3729,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2329,58 +3799,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2399,58 +3869,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2469,58 +3939,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2539,1562 +4009,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U11</w:t>
-      </w:r>
-[...1468 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>