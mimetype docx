--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -960,50 +960,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o metodach analitycznych służących do wyznaczania przemieszczeń, odkształceń i naprężeń w osiowosymetrycznych rurach grubościennych, tarczach i płytach kołowych, płytach prostokątnych, powłokach walcowych pracujących w stanie zgięciowym oraz prętach cienkościennych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1059,58 +1129,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Ma wiedzę o metodach analitycznych służących do wyznaczania przemieszczeń, odkształceń i naprężeń w osiowosymetrycznych rurach grubościennych, tarczach i płytach kołowych, płytach prostokątnych, powłokach walcowych pracujących w stanie zgięciowym oraz prętach cienkościennych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1129,58 +1339,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1199,58 +1409,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1269,58 +1479,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1331,260 +1541,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...208 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -1600,50 +1600,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1839,58 +2189,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1909,58 +2259,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1979,58 +2329,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2049,58 +2399,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2119,58 +2469,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi zastosować proste modele matematyczne do analizy sprężystych ustrojów dwuwymiarowych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2230,87 +2580,787 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2329,58 +3379,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2399,58 +3449,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2469,58 +3729,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2539,58 +3799,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2609,58 +3869,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2679,58 +3939,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2749,1352 +4009,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Umie wyznaczyć przemieszczenia, odkształcenia, naprężenia w rurach grubościennych, kołowych tarczach i płytach, powłokach obrotowych (powłoka walcowa) rozwiązując różniczkowe równania równowagi.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U22</w:t>
-      </w:r>
-[...1258 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>