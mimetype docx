--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -960,87 +960,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o metodach analitycznych służących do wyznaczania przemieszczeń, odkształceń i naprężeń w osiowosymetrycznych rurach grubościennych, tarczach i płytach kołowych, płytach prostokątnych, powłokach walcowych pracujących w stanie zgięciowym oraz prętach cienkościennych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma wiedzę o metodach analitycznych służących do wyznaczania przemieszczeń, odkształceń i naprężeń w osiowosymetrycznych rurach grubościennych, tarczach i płytach kołowych, płytach prostokątnych, powłokach walcowych pracujących w stanie zgięciowym oraz prętach cienkościennych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Ma wiedzę o metodach analitycznych służących do wyznaczania przemieszczeń, odkształceń i naprężeń w osiowosymetrycznych rurach grubościennych, tarczach i płytach kołowych, płytach prostokątnych, powłokach walcowych pracujących w stanie zgięciowym oraz prętach cienkościennych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1059,58 +1199,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W2: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Ma wiedzę o metodach analitycznych służących do wyznaczania przemieszczeń, odkształceń i naprężeń w osiowosymetrycznych rurach grubościennych, tarczach i płytach kołowych, płytach prostokątnych, powłokach walcowych pracujących w stanie zgięciowym oraz prętach cienkościennych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1170,87 +1310,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1269,58 +1479,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_W3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Zna podstawowe metody analityczne przybliżone (Ritza, Galerkina) do rozwiązywania zadań jedno i dwuwymiarowych.							</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody i sposoby służące do określenia obciążeń krytycznych w złożonych ustrojach prętowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1331,260 +1541,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...208 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK703_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
@@ -2860,50 +2860,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3239,58 +3449,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3309,58 +3519,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3379,58 +3589,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK703_U3: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">							Potrafi określić naprężenia, odkształcenia, przemieszczenia i opisać sposób pracy prętów cienkościennych.						</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3490,1241 +3700,1031 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować analityczne metody przybliżone (Ritza i Galerkina) do określenia przemieszczeń, odkształceń i naprężeń w ustrojach prętowych i płytach.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK703_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi wyznaczyć obciążenia krytyczne złożonych ustrojów prętowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja na podstawie prac domowych i egzaminu końcowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U01</w:t>
-      </w:r>
-[...1188 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>