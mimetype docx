--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1385,50 +1385,750 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1736,750 +2436,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U05</w:t>
-      </w:r>
-[...698 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>