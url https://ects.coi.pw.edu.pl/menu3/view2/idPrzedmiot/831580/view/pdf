--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -745,50 +745,330 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna podstawowe działy inżynierii mechanicznej i wie jak powiązać fakty z różnych jej obszarów.						 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna podstawowe działy inżynierii mechanicznej i wie jak powiązać fakty z różnych jej obszarów.						 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna podstawowe działy inżynierii mechanicznej i wie jak powiązać fakty z różnych jej obszarów.						 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna podstawowe działy inżynierii mechanicznej i wie jak powiązać fakty z różnych jej obszarów.						 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1046,340 +1326,340 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe działy inżynierii mechanicznej i wie jak powiązać fakty z różnych jej obszarów.						 																					</w:t>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W07</w:t>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe działy inżynierii mechanicznej i wie jak powiązać fakty z różnych jej obszarów.						 																					</w:t>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe działy inżynierii mechanicznej i wie jak powiązać fakty z różnych jej obszarów.						 																					</w:t>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W09</w:t>
+        <w:t xml:space="preserve">MiBM2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK479_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna podstawowe działy inżynierii mechanicznej i wie jak powiązać fakty z różnych jej obszarów.						 																					</w:t>
+        <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W10</w:t>
+        <w:t xml:space="preserve">MiBM2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK479_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Potrafi integrować posiadaną wiedzę i umiejętności także poza inżynierskie projektując złożone urządzenie techniczne.							 																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -2156,330 +2436,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U23</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>