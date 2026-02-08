--- v0 (2026-01-08)
+++ v1 (2026-02-08)
@@ -1043,201 +1043,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę na temat aparatu matematycznego stosowanego do rozwiązywania zagadnień optymalizacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę na temat aparatu matematycznego stosowanego do rozwiązywania zagadnień optymalizacji.</w:t>
+        <w:t xml:space="preserve">Student potrafi sklasyfikować zadania optymalizacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sklasyfikować zadania optymalizacji.</w:t>
+        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01</w:t>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1263,471 +1333,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U10</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>