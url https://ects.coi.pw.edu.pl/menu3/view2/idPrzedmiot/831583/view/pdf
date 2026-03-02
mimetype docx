--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -1263,50 +1263,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1362,372 +1502,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U11</w:t>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK707_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sformułować zadanie optymalizacji układu technicznego.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK707_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dobrać metodę optymalizacji odpowiednią do postawionego zadania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian nr 1 i 2. Praca domowa nr 1 i 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U14</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>