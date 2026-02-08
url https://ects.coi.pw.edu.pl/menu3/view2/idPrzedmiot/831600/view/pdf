--- v0 (2025-12-29)
+++ v1 (2026-02-08)
@@ -1325,191 +1325,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>