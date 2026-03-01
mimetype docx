--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1325,50 +1325,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1424,58 +1494,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS657_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić zestaw przyrządów potrzebnych do pomiaru strumienia ciepła i współczynnika przejmowania ciepła.														</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1494,232 +1564,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS657_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dokonać pomiaru i rejestracji szybkozmiennych ciśnień.														</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS657_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać pomiaru ciśnień na powierzchni opływanego ciała przy użyciu wielokanałowego skanera. Umie wyznaczyć opór ciała na podstawie uzyskanego rozkładu ciśnienia.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>