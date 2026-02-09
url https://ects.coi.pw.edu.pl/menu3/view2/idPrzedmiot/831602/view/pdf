--- v0 (2026-01-08)
+++ v1 (2026-02-09)
@@ -1039,541 +1039,541 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS655_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada pogłębione i poszerzone umiejętności oraz utrwalone nawyki w zakresie efektywnego wykorzystania wybranego Zintegrowanego Systemu CAD/CAM/CAE w procesie konstruowania w tym konstruowania w zespole. Posiada umiejętność pracy w zespole oraz organizacji tej pracy z pozycji członka oraz kierownika zespołu.																																																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy w czasie zajęć i ocena wykonania projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U23</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>