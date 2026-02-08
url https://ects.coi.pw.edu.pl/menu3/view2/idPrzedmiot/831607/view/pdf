--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W09</w:t>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1033,51 +1033,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1104,50 +1104,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Ma uporządkowaną wiedzę w zakresie definiowania i rozwiązywania podstawowych zadań statystyki - estymacji i testowania hipotez.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Ma uporządkowaną wiedzę w zakresie definiowania i rozwiązywania podstawowych zadań statystyki - estymacji i testowania hipotez.																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1174,87 +1314,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Ma uporządkowaną wiedzę w zakresie definiowania i rozwiązywania podstawowych zadań statystyki - estymacji i testowania hipotez.																			</w:t>
+        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1273,58 +1483,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">									Ma uporządkowaną wiedzę w zakresie definiowania i rozwiązywania podstawowych zadań statystyki - estymacji i testowania hipotez.																			</w:t>
+        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1335,530 +1545,320 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
+        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
+        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05</w:t>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK344_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">												Zna podstawowe pojęcia z zakresu procesów stochastycznych.															</w:t>
+        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W09</w:t>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U08</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>