--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -751,191 +751,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma uporządkowaną wiedzę w zakresie podstawowych pojęć rachunku prawdopodobieństwa i statystyki.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma uporządkowaną wiedzę w zakresie podstawowych pojęć rachunku prawdopodobieństwa i statystyki.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1604,50 +1604,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK344_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">									Potrafi zastosować zmienne losowe do opisu zjawisk i obliczyć podstawowe charakterystyki tych zmiennych.																	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1675,190 +1815,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa sprawdziany oraz projekt obliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U15</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>