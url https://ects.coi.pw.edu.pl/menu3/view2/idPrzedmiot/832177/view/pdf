--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1588,237 +1588,377 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić technologiczność konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W09</w:t>
+        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić technologiczność konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić technologiczność konstrukcji.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1837,58 +1977,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać podstawowe parametry dla omówionych procesów kształtowania wyrobu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1907,372 +2047,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić czy zastosowane metody wpłyną na własności wytrzymałościowe i eksploatacyjne wyrobu.</w:t>
+        <w:t xml:space="preserve">Potrafi ułożyć proces technologiczny nieskomplikowanej części.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać metody zapobiegające powstawaniu naprężeń odkształceń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać metody zapobiegające powstawaniu naprężeń odkształceń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U20</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">M1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>