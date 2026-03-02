--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -1308,157 +1308,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce skrawaniem. Potrafi dobrać odpowiedni rodzaj obróbki: wiercenia, rozwiercania, toczenia, frezowania dla różnych typów części. Zna wady i zalety poszczególnych rodzajów obróbki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce skrawaniem. Potrafi dobrać odpowiedni rodzaj obróbki: wiercenia, rozwiercania, toczenia, frezowania dla różnych typów części. Zna wady i zalety poszczególnych rodzajów obróbki.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbkach dokładnościowo-gładkościowych (szlifowanie, gładzenie i dogładzanie obróbki w pojemnikach). Zna wady, zalety i obszary zastosowań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbkach dokładnościowo-gładkościowych (szlifowanie, gładzenie i dogładzanie obróbki w pojemnikach). Zna wady, zalety i obszary zastosowań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbkach dokładnościowo-gładkościowych (szlifowanie, gładzenie i dogładzanie obróbki w pojemnikach). Zna wady, zalety i obszary zastosowań.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1477,232 +1617,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbkach dokładnościowo-gładkościowych (szlifowanie, gładzenie i dogładzanie obróbki w pojemnikach). Zna wady, zalety i obszary zastosowań.</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę o obróbce materiałów trudnoobrabialnych i części o skomplikowanym kształcie. Ma podstawową wiedzę o obróbkach elektroerozyjnych, elektrochemicznych, laserowych, wiązką elektronów, hybrydowych. Zna wady, zalety i zakres zastosowań tych obróbek.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kartkówka na wykładzie, kolokwium po zakończeniu wykładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W09</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>