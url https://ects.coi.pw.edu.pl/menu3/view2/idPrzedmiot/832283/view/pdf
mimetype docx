--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -1377,50 +1377,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2078,120 +2148,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U02</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>