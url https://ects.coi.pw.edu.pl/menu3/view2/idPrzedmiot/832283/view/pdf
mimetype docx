--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1027,50 +1027,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1126,232 +1336,722 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW137_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego.</w:t>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U07</w:t>
+        <w:t xml:space="preserve">MiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW137_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego.</w:t>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW137_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego.</w:t>
+        <w:t xml:space="preserve">	Potrafi samodzielnie rozwiązać proste zadanie naukowe. Potrafi krytycznie ustosunkować się do wyników uzyskanych w trakcie rozwiązywania problemu. Potrafi samodzielnie przygotować sprawozdanie z pracy oraz w rozmowie obronić przedstawione tezy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U20</w:t>
+        <w:t xml:space="preserve">MiBM2_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1377,51 +2077,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U03</w:t>
+        <w:t xml:space="preserve">MiBM2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1447,751 +2147,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U04</w:t>
-[...558 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_U22</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>