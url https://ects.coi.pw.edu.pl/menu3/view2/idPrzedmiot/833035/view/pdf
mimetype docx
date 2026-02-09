--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -1122,67 +1122,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określać stopień korelacji między cechami jednostek danej populacji oraz wyznaczać liniowe funkcje regresji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1208,71 +1208,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się typowymi teoretycznymi rozkładami statystycznymi (w tym: normalnym).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się typowymi teoretycznymi rozkładami statystycznymi (w tym: normalnym).</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzać proste wnioskowania statystyczne i testować proste hipotezy statystyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1291,178 +1361,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzać proste wnioskowania statystyczne i testować proste hipotezy statystyczne.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczać niektóre miary statystyczne za pomocą funkcji programu EXCEL.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja pracy studenta na ćwiczeniach, wyniki kolokwium pisemnego oraz egzaminu pisemnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>