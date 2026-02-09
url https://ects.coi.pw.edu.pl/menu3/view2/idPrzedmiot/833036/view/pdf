--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -798,191 +798,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie o zastosowaniach metod formalnych w rozwiązywaniu problemów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie, na czym polega różnica pomiędzy pragmatyką, syntaktyką i semantyką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy klasycznego rachunku zdań i sylogistyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1063,67 +1063,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne z pytaniami opisowymi lub testowymi lub/i praca zaliczeniowa na zadany temat.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy teorii zbiorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1354,67 +1354,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w czasie ćwiczeń, kolokwium pisemne z pytaniami opisowymi lub testowymi lub praca zaliczeniowa na zadany temat (fakultatywnie)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dowodzić przy pomocy metody założeniowej tezy w klasycznym rachunku zdań i klasycznym rachunku predykatów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>