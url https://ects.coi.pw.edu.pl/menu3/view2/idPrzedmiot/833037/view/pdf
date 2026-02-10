--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -840,67 +840,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -928,51 +928,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe rodzaje obciążeń działających na elementy konstrukcji i obiektów wolnostojących.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1572,67 +1572,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie prostych przykładów, tworzenie prostych konstrukcji i analiza ich odpowiedzi na obciążenia zewnętrzne.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest świadomy możliwości uszkodzenia konstrukcji pod wpływem działania obciążeń przekraczających wartości dopuszczalne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>