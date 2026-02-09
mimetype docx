--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -790,51 +790,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna źródła prawa finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -931,51 +931,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat organizacji, zadań i zasad gospodarki finansowej podmiotów sektora
 finansów publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1003,51 +1003,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię z zakresu prawa podatkowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1138,67 +1138,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzanie umiejętności z zakresu podstawowych pojęć, zasad i funkcji finansów publicznych poprzez: aktywne uczestnictwo w dyskusji na ćwiczeniach, analizę aktów prawnych i danych ilościowych oraz wnioskowanie na tej podstawie, prezentacje własne studentów wybranych problemów związanych z problematyką zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować dane zawarte w budżetach i planach finansowych podmiotów sektora
 publicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1225,51 +1225,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, by formułować i rozwiązywać złożone i
 nietypowe problemy związane z funkcjonowaniem jednostek sektora finansów
 publicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1355,67 +1355,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektu uczenia się odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystywać posiadaną wiedzę, do określenia wysokości podatków, w
 szczególności wysokości podatku od nieruchomości i podatku od środków
 transportowych.</w:t>
       </w:r>
     </w:p>
     <w:p>