--- v0 (2025-12-26)
+++ v1 (2026-01-13)
@@ -820,51 +820,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W11 FIB, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.3, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_RK_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie, jakie techniki i metody są stosowane przy inwestowaniu w instrumenty rynku finansowego, jakie stosują inwestorzy indywidualni i instytucjonalni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1014,67 +1014,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza przypadków na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_RK_1: </w:t>
       </w:r>
     </w:p>
@@ -1164,67 +1164,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena korzystania z informacji finansowych na podstawie materiałów przygotowanych przez studentów, praca grupowa w zakresie rozwiązywania problemu zadanego przez prowadzącego zajęcia, zadania na obliczanie cen papierów wartościowych i interpretację wskaźników rynku kapitałowego na sprawdzianie pisemnym, praca z materiałem źródłowym na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13 FIB, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U13 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_RK_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma przekonanie o sensie, wartości i potrzebie podejmowania działań w zakresie funkcjonowania rynków kapitałowych, a zwłaszcza skutków regulacji i deregulacji na tym rynku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1250,51 +1250,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U10, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_RK_1: </w:t>
       </w:r>
     </w:p>
@@ -1314,51 +1314,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studia przypadków - analiza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KR, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>