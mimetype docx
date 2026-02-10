--- v1 (2026-01-13)
+++ v2 (2026-02-10)
@@ -804,67 +804,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, udział w dyskusji na zajęciach, prezentacja przygotowanych materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11 FIB, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.3, I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_RK_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie, jakie techniki i metody są stosowane przy inwestowaniu w instrumenty rynku finansowego, jakie stosują inwestorzy indywidualni i instytucjonalni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,51 +960,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_RK_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe regulacje rynku kapitałowego i rozumie funkcje nadzoru finansowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1014,67 +1014,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analiza przypadków na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_RK_1: </w:t>
       </w:r>
     </w:p>
@@ -1250,51 +1250,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U10, K_U14 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_RK_1: </w:t>
       </w:r>
     </w:p>