--- v0 (2026-01-08)
+++ v1 (2026-01-13)
@@ -749,67 +749,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci dyskutują na temat strategii zarządzania przedsiębiorstwem, wybranych elementów podejmowania działalności gospodarczej, kosztu pozyskania kapitału, czy biznesplanu. Napisanie i wygłoszenie referatu lub sprawdzian pisemny weryfikuje indywidualną wiedzę studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W06, K_W07, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W04, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_W02, K_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie mechanizmy społeczne odnoszące się do funkcjonowania ogólnie rozumianej administracji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy oraz uczą się znajdować i analizować potrzebne dane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04, K_U12</w:t>
+        <w:t xml:space="preserve">K_U04, K_U12, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U04, K_U10, K_U12: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić wpływ otoczenia na zjawiska i procesy administrowania oraz przygotować i podejmować decyzje zarządcze, zwłaszcza strategiczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -985,51 +985,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, II.T.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K04, K_K07: </w:t>
       </w:r>
     </w:p>
@@ -1049,51 +1049,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kompetencje nabywane są w trakcie zajęć, podczas dyskusji, jak i konsultacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>