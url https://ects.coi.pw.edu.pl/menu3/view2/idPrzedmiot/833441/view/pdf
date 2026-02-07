--- v1 (2026-01-13)
+++ v2 (2026-02-07)
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U12, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.T.P7S_UW.2, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_U04, K_U10, K_U12: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić wpływ otoczenia na zjawiska i procesy administrowania oraz przygotować i podejmować decyzje zarządcze, zwłaszcza strategiczne. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -969,67 +969,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy oraz uczą się znajdować i analizować potrzebne dane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U04, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_K04, K_K07: </w:t>
       </w:r>
     </w:p>