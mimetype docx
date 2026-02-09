--- v0 (2026-01-10)
+++ v1 (2026-02-09)
@@ -769,67 +769,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_LF02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student wie o zastosowaniach metod formalnych w rozwiązywaniu problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -925,51 +925,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_LF04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy klasycznego rachunku zdań i sylogistyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.1, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_LF05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy klasycznego rachunku predykatów.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1050,67 +1050,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_LF06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawy teorii zbiorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1120,67 +1120,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.3, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_LF01: </w:t>
       </w:r>
     </w:p>
@@ -1216,261 +1216,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_LF02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">TEST WIELOKROTNEGO WYBORU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_LF02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_LF03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z sylogizmów, praw kwadratu logicznego, stosować obwersję, konwersję, kontrapozycję.</w:t>
+        <w:t xml:space="preserve">Potrafi rozstrzygać przy pomocy metody zero-jedynkowej, czy dane zdanie jest tautologią KRZ i sprawdzać poprawność wnioskowań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">TEST WIELOKROTNEGO WYBORU</w:t>
+        <w:t xml:space="preserve">test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_LF03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_LF04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozstrzygać przy pomocy metody zero-jedynkowej, czy dane zdanie jest tautologią KRZ i sprawdzać poprawność wnioskowań.</w:t>
+        <w:t xml:space="preserve">Potrafi dowodzić przy pomocy metody założeniowej tezy w klasycznym rachunku zdań i klasycznym rachunku predykatów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wielokrotnego wyboru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_LF01: </w:t>
       </w:r>
     </w:p>