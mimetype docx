--- v0 (2026-01-08)
+++ v1 (2026-02-07)
@@ -776,67 +776,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie nauk technicznych i potrafi je zastosować w praktyce.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -848,67 +848,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę o relacjach zachodzących na etapach tworzenia, obciążania i pracy konstrukcji w warunkach działania tych obciążeń.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1303,51 +1303,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe elementy programu służącego do realizacji ćwiczeń i rozumie sposób funkcjonowania podobnych programów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>