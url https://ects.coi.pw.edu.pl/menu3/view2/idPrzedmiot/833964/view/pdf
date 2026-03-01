--- v1 (2026-02-07)
+++ v2 (2026-03-01)
@@ -776,67 +776,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części teoretycznej obowiązującej na wykładzie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WWZM_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane, podstawowe, teorie i koncepcje w zakresie nauk technicznych i potrafi je zastosować w praktyce.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1215,67 +1215,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z części praktycznej obowiązującej na laboratorium.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1303,51 +1303,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka UWZM_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe elementy programu służącego do realizacji ćwiczeń i rozumie sposób funkcjonowania podobnych programów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>