--- v0 (2026-01-13)
+++ v1 (2026-02-11)
@@ -765,67 +765,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot zaliczany będzie w formie egzaminu. W wypadku aktywnego uczestnictwa studentów w ćwiczeniach brane będą pod uwagę przy wystawianiu oceny końcowej oceny z wystąpień studentów.
 Warunki: aktywne uczestnictwo studenta we wszystkich zajęciach. Przygotowywanie się do zajęć na podstawie podanej literatury i materiałów źródłowych. W przypadku nieobecności, studiujący zobowiązani są do rozliczenia się z treściami merytorycznymi w godzinach konsultacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawową terminologię w zakresie prawa cywilnego i potrafi ją zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe konstrukcje i instytucje prawa cywilnego i potrafi je zastosować w praktyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,271 +1055,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U06, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się poznanymi zasadami, teoriami i konstrukcjami w podejmowanej i prowadzonej działalności, przewiduje skutki ewentualnych zdarzeń</w:t>
+        <w:t xml:space="preserve">Ma świadomość problemów związanych z zastosowaniem teorii prawa cywilnego do realnych sytuacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K05, K_K07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma zdolność do zajmowania własnego stanowiska dotyczącego podstawowych problemów prawa cywilnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U04, K_U06</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K_K05, K_K01</w:t>
+        <w:t xml:space="preserve">K_K01, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>