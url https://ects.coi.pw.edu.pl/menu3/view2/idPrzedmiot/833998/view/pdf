--- v0 (2026-01-08)
+++ v1 (2026-02-10)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_LP03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę o logicznej strukturze i funkcjach systemu prawnego oraz społecznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -957,67 +957,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.H.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WG, II.S.P6S_WG.1, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_LP05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe zagadnienia logiki prawniczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1027,67 +1027,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.3, I.P6S_WK, II.T.P6S_WK, II.H.P6S_WG.1.o, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.H.P6S_WG.3, II.T.P6S_WK, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_LP01: </w:t>
       </w:r>
     </w:p>
@@ -1467,51 +1467,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>