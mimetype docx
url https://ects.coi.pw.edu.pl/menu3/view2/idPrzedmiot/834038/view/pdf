--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U06, K_U07, K_U08, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UO, I.P7S_UU, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UU, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01, K_02, K_03: </w:t>
       </w:r>
     </w:p>