--- v1 (2026-02-08)
+++ v2 (2026-03-02)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01, U_02, U_03, U_04: </w:t>
       </w:r>
     </w:p>
@@ -835,67 +835,67 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy poprzez przykłady analizowane na zajęciach.. Analizowane przykłady pochodzą głównie z literatury przedmiotu oraz fachowych czasopism.
 Studenci uczą się znajdować i analizować pozyskane dane.
 Sprawdzian pisemny weryfikuje czy student nabył potrzebne umiejętności.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U06, K_U07, K_U08, K_U02</w:t>
+        <w:t xml:space="preserve">K_U06, K_U07, K_U08, K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UU, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01, K_02, K_03: </w:t>
       </w:r>
     </w:p>