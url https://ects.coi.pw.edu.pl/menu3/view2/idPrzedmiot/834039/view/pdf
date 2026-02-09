--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -767,67 +767,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci wykonują szereg krótkich prac pisemnych sprawdzających opanowanie podstawowej wiedzy teoretycznej. Wyniki prac pisemnych są omawiane z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada interdyscyplinarną wiedzę dotyczącą procesów zachodzących wewnątrz przedsiębiorstwa. W szczególności dotyczy to źródeł przewag konkurencyjnych przedsiębiorstwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -987,67 +987,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci uczą się zastosowania w praktyce zdobytej wiedzy przez rozwiązywanie praktycznych zadań (studium przypadku / case study), zawierających problem z zakresu przedsiębiorczości. Rozwiązania zadań są omawiane z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie podejmować decyzje i organizować pracę w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1127,67 +1127,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie zajęć studenci wykonują szereg krótkich prac pisemnych sprawdzających opanowanie podstawowych umiejętności doboru źródeł danych. Wyniki prac są omawiane z prowadzącym zajęcia zarówno podczas spotkań całej grupy, jak również - w trakcie konsultacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UW, II.T.P7S_UW.2, II.X.P7S_UW.2, II.S.P7S_UW.2.o, II.S.P7S_UW.1, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.T.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>