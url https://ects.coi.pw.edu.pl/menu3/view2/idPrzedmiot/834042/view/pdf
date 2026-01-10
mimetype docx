--- v0 (2025-12-26)
+++ v1 (2026-01-10)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06, K_W09, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W09, K_W02, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki ponoszenia wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1029,51 +1029,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_01: </w:t>
       </w:r>
     </w:p>
@@ -1109,51 +1109,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1163,67 +1163,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U09, K_U10, K_U03</w:t>
+        <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1303,67 +1303,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonywać analizy własnych działań z zakresu ekonomii i finansów i wskazywać na konieczność dalszego doskonalenia swoich umiejętności umiejętności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>