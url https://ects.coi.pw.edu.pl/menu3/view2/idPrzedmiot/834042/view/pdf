--- v1 (2026-01-10)
+++ v2 (2026-02-08)
@@ -819,51 +819,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W02, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki ponoszenia wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,51 +1109,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się źródłami prawa z zakresu finansów samorządowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1179,51 +1179,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1319,51 +1319,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonywać analizy własnych działań z zakresu ekonomii i finansów i wskazywać na konieczność dalszego doskonalenia swoich umiejętności umiejętności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>