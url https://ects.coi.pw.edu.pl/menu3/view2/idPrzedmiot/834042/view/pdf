--- v2 (2026-02-08)
+++ v3 (2026-03-02)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W02, K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W04, K_W06, K_W09, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna źródła finansowania zadań JST i potrafi określić kierunki ponoszenia wydatków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1029,51 +1029,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_01: </w:t>
       </w:r>
     </w:p>
@@ -1163,67 +1163,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U09, K_U10, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U09, K_U10, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, I.P7S_UO, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi odnaleźć informacje o stanie finansów samorządowych w systemie teleinformatycznym, obliczyć wybrane wskaźniki z zakresu gospodarki finansowej JST oraz je zinterpretować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1303,67 +1303,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny; test zamknięty, pytania problemowe i zadanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_FST_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonywać analizy własnych działań z zakresu ekonomii i finansów i wskazywać na konieczność dalszego doskonalenia swoich umiejętności umiejętności</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>