--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -1042,51 +1042,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i wygłosić w języku polskim oraz w wybranym języku obcym krótkie prezentacje dotyczące wyników własnych badań naukowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>