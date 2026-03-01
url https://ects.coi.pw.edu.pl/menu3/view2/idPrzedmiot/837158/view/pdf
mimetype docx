--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna przykłady stosowania metod, technik, narzędzi i materiałów przy rozwiązywaniu złożonych zadań inżynierskich z zakresu zadań na prace dyplomowe magisterskie uczestników seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,51 +1042,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U01, Tr2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P7S_UW.2, I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.T.P7S_UW.2, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i wygłosić w języku polskim oraz w wybranym języku obcym krótkie prezentacje dotyczące wyników własnych badań naukowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>